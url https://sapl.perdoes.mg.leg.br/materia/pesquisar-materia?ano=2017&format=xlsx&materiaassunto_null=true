--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -54,603 +54,603 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Anderson Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/304/emenda_modificativa_no_1_ao_projeto_de_lei_no45.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/304/emenda_modificativa_no_1_ao_projeto_de_lei_no45.docx</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ARTIGO 3o DO PROJETO DE LEI No46/2017</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Anderson Ratinho, Marcos, Wagão</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/305/emenda_modificativa_no_1_ao_projeto_de_lei_no49.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/305/emenda_modificativa_no_1_ao_projeto_de_lei_no49.docx</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART. 2º  DO PROJETO DE LEI No49/2017</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/306/emenda_modificativa_no_1_ao_projeto_de_lei_no50.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/306/emenda_modificativa_no_1_ao_projeto_de_lei_no50.docx</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART. 3º  DO PROJETO DE LEI No50/2017</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marcos</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/211/pl-06-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/211/pl-06-2017.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SINALIZAÇÃO DE TRÂNSITO DA ZONA URBANA E RURAL NO MUNICÍPIO DE PERDÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/212/pl-07-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/212/pl-07-2017.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS DO TRANSPORTE ESCOLAR GRATUITO NO MUNICÍPIO DE PERDÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/213/pl-08-2017_-_diarias.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/213/pl-08-2017_-_diarias.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIÁRIAS DOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE PERDÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/214/pl-9-2017.pdf</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/214/pl-9-2017.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 80 DA LEI MUNICIPAL Nº 2.503, DE 06 DE JUNHO DE 2007.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Professor Helton</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/215/pl-15-2017.pdf</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/215/pl-15-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO INGRESSO OU PERMANÊNCIA DE PESSOAS NOS ESTABELECIMENTOS BANCÁRIOS, COMERCIAIS, PÚBLICOS OU ABERTOS AO PÚBLICO, USANDO CAPACETE OU QUALQUER TIPO DE COBERTURA QUE OCULTE A FACE OU QUE DIFICULTE A IDENTIFICAÇÃO DO USUÁRIO.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Wagão</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/216/pl-18-2017.doc</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/216/pl-18-2017.doc</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ATENDIMENTO PRIORITÁRIO ÀS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA E OBRIGA INSERÇÃO DO SÍMBOLO MUNDIAL DO AUTISMO NAS PLACAS DE ATENDIMENTO PRIORITÁRIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE O AUTISMO NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE PERDÕES.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/218/pl-27-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/218/pl-27-2017.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ATENDIMENTO PRIORITÁRIO A IDOSOS DE 60 ANOS OU MAIS, GESTANTES, LACTANTES, PESSOAS COM CRIANÇA DE COLO, E PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/219/pl-28-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/219/pl-28-2017.docx</t>
   </si>
   <si>
     <t>ALTERA INC. III DO ART. 26 E ART. 43 DA LEI MUNICIPAL N. 2.296/03, DE 03 DE SETEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/220/pl-32-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/220/pl-32-2017.docx</t>
   </si>
   <si>
     <t>"ALTERA ART. 6º DA LEI MUNICIPAL N. 2.830/2013 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/221/pl-35-2017.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/221/pl-35-2017.docx</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>"ALTERA O INCISO II DO ART 2o. DA LEI MUNICIPAL N. 2.830/2013 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/223/pl-48-2017_area_azul_ok_rodrigo_santos.doc</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/223/pl-48-2017_area_azul_ok_rodrigo_santos.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ÁREAS ESPECIAIS DE ESTACIONAMENTO MEDIANTE REMUNERAÇÃO NO MUNICÍPIO DE PERDÕES/MG – ÁREA AZUL - E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/224/pl-52-2017_-_menor_aprendiz.doc</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/224/pl-52-2017_-_menor_aprendiz.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “MENOR APRENDIZ” NO ÂMBITO DO MUNICÍPIO DE PERDÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/225/pl-53-2017_-_seminario_antidrogas.doc</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/225/pl-53-2017_-_seminario_antidrogas.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE SEMINÁRIO ANTIDROGAS DURANTE O PERÍODO LETIVO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/226/pl-55-2017-semana_da_juventude.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/226/pl-55-2017-semana_da_juventude.docx</t>
   </si>
   <si>
     <t>"INSTITUI AS FESTIVIDADES DA SEMANA DA JUVENTUDE CRISTÃ", INCLUI NO CALENDÁRIO DE EVENTOS E DE PROGRAMAÇÕES DO MUNICÍPIO DE PERDÕES-MG.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Zé Rubens</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/227/pl-58-2017-avenida_alziro.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/227/pl-58-2017-avenida_alziro.docx</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO DE AVENIDA ALZIRO ALVES PEREIRA À ATUAL AVENIDA 02 QUE LIGA OS BAIRROS COHAB III E JARDIM CENTENÁRIO, AO LADO DA ESTRADA DE ACESSO AO CLUBE CAMPESTRE”</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Anderson Ratinho, Fernado Amintas, Johnny, João da água, Marcos, Professor Helton, Rodrigo, Wagão, Zé Rubens</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/228/pl-59-2017_-_horario__dos_bancos.doc</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/228/pl-59-2017_-_horario__dos_bancos.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OS DIAS E HORÁRIOS DE FUNCIONAMENTO DOS CAIXAS ELETRÔNICOS E POSTOS DE ATENDIMENTOS BANCÁRIOS E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SENHOR MAURO DA SILVA.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/251/pr-03-2017_-_diploma_alan.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/251/pr-03-2017_-_diploma_alan.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SR. ALAN PINHEIRO VARGAS</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/252/pr-04-2017_-_cidadania_raimundo.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/252/pr-04-2017_-_cidadania_raimundo.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA DO MUNICÍPIO DE PERDÕES AO SENHOR RAIMUNDO SÉRGIO GONÇALVES.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/253/pr-05-2017_-_diploma_promocao_humana.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/253/pr-05-2017_-_diploma_promocao_humana.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES A PROMOÇÃO HUMANA.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/254/pr-06-2017_-_diploma_apap.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/254/pr-06-2017_-_diploma_apap.docx</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA DO MUNICÍPIO DE PERDÕES AO SENHOR FÁBIO CÂMARA DO AMARAL.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/256/pr-08-2017_-_diploma_reboco.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/256/pr-08-2017_-_diploma_reboco.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À EMPRESA CLUBE DA CASA REBOCO.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/257/pr-09-2017_-_diploma_guido.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/257/pr-09-2017_-_diploma_guido.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO GUIDO SUPERMERCADOS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/258/pr-10-2017_-_diploma_rex.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/258/pr-10-2017_-_diploma_rex.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SUPERMERCADOS REX LTDA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SENHOR MESSIAS FERNANDES</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/260/pr-12-2017_-_diploma_adalgiza.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/260/pr-12-2017_-_diploma_adalgiza.docx</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/261/pr-14-2017_-_diploma_pastora_maria.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/261/pr-14-2017_-_diploma_pastora_maria.docx</t>
   </si>
   <si>
     <t>“CONCEDE TITULO  DE CIDADANIA HONORÁRIA DE PERDÕES À MARIA DO CARMO COSTA OLIVEIRA”</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/262/pr-15-2017_-_diploma_granja.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/262/pr-15-2017_-_diploma_granja.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À EMPRESA GRANJA LOUREIRO LTDA</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/263/pr-16-2017_-_diploma_iara.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/263/pr-16-2017_-_diploma_iara.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À IARA BASTOS ALVARENGA RESENDE</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/264/pr-17-2017_-_diploma_maktub.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/264/pr-17-2017_-_diploma_maktub.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À RÁDIO MAKTUB FM 104,9</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/265/pr-18-2017_-_diploma_mercearia_santana.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/265/pr-18-2017_-_diploma_mercearia_santana.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À MERCEARIA SANTA'ANA</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/266/pr-19-2017_-_diploma_venino.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/266/pr-19-2017_-_diploma_venino.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO AO ATLETA VENINO RONDON DE LIMA JÚNIOR</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>João da água</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/267/pr-20-2017_-_diploma_jag.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/267/pr-20-2017_-_diploma_jag.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES A EMPRESA JAG MÓVEIS TODA CASA.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/268/pr-21-2017_-_diploma_alcides.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/268/pr-21-2017_-_diploma_alcides.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SR. ALCIDES DE MELO NAVES NETO, DA EMPRESA NETO CELL.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Johnny</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/269/pr-22-2017_-_diploma_nai.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/269/pr-22-2017_-_diploma_nai.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES À ESCOLA NAI (NÚCLEO DE APRENDIZAGEM INTEGRAL)</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/270/pr-23-2017_-_cidadania_jefinho.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/270/pr-23-2017_-_cidadania_jefinho.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA DO MUNICÍPIO DE PERDÕES AO SECRETÁRIO MUNICIPAL DE SAÚDE,  SR. JEFERSON DE ALMEIDA</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/271/pr-24-2017_-_diploma_geraldo.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/271/pr-24-2017_-_diploma_geraldo.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SENHOR GERALDO REZENDE</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/272/pr-25-2017_-_diploma_coopercape.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/272/pr-25-2017_-_diploma_coopercape.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES À COOPERCAPE (COOPERATIVA DE APOIO AOS TRANSPORTADORES RODOVIÁRIOS PERDOENSES)</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Fernado Amintas</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/273/pr-26-2017_-_cidadania_paulo.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/273/pr-26-2017_-_cidadania_paulo.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE PERDÕES AO SR. JOSÉ PAULO NOGUEIRA.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/274/pr-27-2017_-_diploma_acileia.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/274/pr-27-2017_-_diploma_acileia.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES À SENHORA ACILÉIA CARVALHO</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/275/pr-28-2017_-_diploma_jose_reis.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/275/pr-28-2017_-_diploma_jose_reis.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO SENHOR JOSÉ REIS DO NASCIMENTO, DA RECICLAGEM</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/276/pr-29-2017_-_diploma_jornal_voz.docx</t>
+    <t>http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/276/pr-29-2017_-_diploma_jornal_voz.docx</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DA CIDADE DE PERDÕES AO JORNAL VOZ"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -957,68 +957,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/304/emenda_modificativa_no_1_ao_projeto_de_lei_no45.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/305/emenda_modificativa_no_1_ao_projeto_de_lei_no49.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/306/emenda_modificativa_no_1_ao_projeto_de_lei_no50.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/211/pl-06-2017.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/212/pl-07-2017.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/213/pl-08-2017_-_diarias.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/214/pl-9-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/215/pl-15-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/216/pl-18-2017.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/218/pl-27-2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/219/pl-28-2017.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/220/pl-32-2017.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/221/pl-35-2017.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/223/pl-48-2017_area_azul_ok_rodrigo_santos.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/224/pl-52-2017_-_menor_aprendiz.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/225/pl-53-2017_-_seminario_antidrogas.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/226/pl-55-2017-semana_da_juventude.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/227/pl-58-2017-avenida_alziro.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/228/pl-59-2017_-_horario__dos_bancos.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/251/pr-03-2017_-_diploma_alan.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/252/pr-04-2017_-_cidadania_raimundo.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/253/pr-05-2017_-_diploma_promocao_humana.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/254/pr-06-2017_-_diploma_apap.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/256/pr-08-2017_-_diploma_reboco.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/257/pr-09-2017_-_diploma_guido.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/258/pr-10-2017_-_diploma_rex.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/260/pr-12-2017_-_diploma_adalgiza.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/261/pr-14-2017_-_diploma_pastora_maria.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/262/pr-15-2017_-_diploma_granja.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/263/pr-16-2017_-_diploma_iara.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/264/pr-17-2017_-_diploma_maktub.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/265/pr-18-2017_-_diploma_mercearia_santana.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/266/pr-19-2017_-_diploma_venino.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/267/pr-20-2017_-_diploma_jag.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/268/pr-21-2017_-_diploma_alcides.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/269/pr-22-2017_-_diploma_nai.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/270/pr-23-2017_-_cidadania_jefinho.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/271/pr-24-2017_-_diploma_geraldo.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/272/pr-25-2017_-_diploma_coopercape.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/273/pr-26-2017_-_cidadania_paulo.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/274/pr-27-2017_-_diploma_acileia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/275/pr-28-2017_-_diploma_jose_reis.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/276/pr-29-2017_-_diploma_jornal_voz.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/304/emenda_modificativa_no_1_ao_projeto_de_lei_no45.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/305/emenda_modificativa_no_1_ao_projeto_de_lei_no49.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/306/emenda_modificativa_no_1_ao_projeto_de_lei_no50.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/211/pl-06-2017.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/212/pl-07-2017.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/213/pl-08-2017_-_diarias.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/214/pl-9-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/215/pl-15-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/216/pl-18-2017.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/218/pl-27-2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/219/pl-28-2017.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/220/pl-32-2017.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/221/pl-35-2017.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/223/pl-48-2017_area_azul_ok_rodrigo_santos.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/224/pl-52-2017_-_menor_aprendiz.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/225/pl-53-2017_-_seminario_antidrogas.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/226/pl-55-2017-semana_da_juventude.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/227/pl-58-2017-avenida_alziro.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/228/pl-59-2017_-_horario__dos_bancos.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/251/pr-03-2017_-_diploma_alan.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/252/pr-04-2017_-_cidadania_raimundo.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/253/pr-05-2017_-_diploma_promocao_humana.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/254/pr-06-2017_-_diploma_apap.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/256/pr-08-2017_-_diploma_reboco.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/257/pr-09-2017_-_diploma_guido.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/258/pr-10-2017_-_diploma_rex.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/260/pr-12-2017_-_diploma_adalgiza.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/261/pr-14-2017_-_diploma_pastora_maria.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/262/pr-15-2017_-_diploma_granja.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/263/pr-16-2017_-_diploma_iara.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/264/pr-17-2017_-_diploma_maktub.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/265/pr-18-2017_-_diploma_mercearia_santana.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/266/pr-19-2017_-_diploma_venino.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/267/pr-20-2017_-_diploma_jag.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/268/pr-21-2017_-_diploma_alcides.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/269/pr-22-2017_-_diploma_nai.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/270/pr-23-2017_-_cidadania_jefinho.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/271/pr-24-2017_-_diploma_geraldo.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/272/pr-25-2017_-_diploma_coopercape.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/273/pr-26-2017_-_cidadania_paulo.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/274/pr-27-2017_-_diploma_acileia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/275/pr-28-2017_-_diploma_jose_reis.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.perdoes.mg.leg.br/media/sapl/public/materialegislativa/2017/276/pr-29-2017_-_diploma_jornal_voz.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="254.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>